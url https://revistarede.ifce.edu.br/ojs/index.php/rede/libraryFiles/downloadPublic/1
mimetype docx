--- v0 (2025-10-15)
+++ v1 (2026-01-17)
@@ -37,128 +37,162 @@
   <w:body>
     <w:p w14:paraId="58726297" w14:textId="6FDA659B" w:rsidR="005F73A2" w:rsidRPr="00611A36" w:rsidRDefault="00416E8C" w:rsidP="003A714B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk152225314"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Título em Português</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F73A2" w:rsidRPr="00611A36">
+        <w:t xml:space="preserve">Título em </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+        <w:t>Português</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F73A2" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>subtítulo (se houver)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A97E6D" w:rsidRPr="00611A36">
+        <w:t>subtítulo (se houver)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Negrito, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00611A36">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97E6D" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tamanho 14, até </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F13498" w:rsidRPr="00611A36">
+        <w:t xml:space="preserve">Negrito, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00611A36">
+        <w:t xml:space="preserve">Tamanho 14, até </w:t>
+      </w:r>
+      <w:r w:rsidR="00F13498" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> palavras)</w:t>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>palavras)</w:t>
       </w:r>
       <w:r w:rsidR="00AD5185" w:rsidRPr="00AD5185">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Não use todas </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD5185" w:rsidRPr="00AD5185">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Não use todas </w:t>
       </w:r>
       <w:r w:rsidR="00AD5185">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="00AD5185" w:rsidRPr="00AD5185">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>letras maiúsculas para os títulos)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58726298" w14:textId="77777777" w:rsidR="005F73A2" w:rsidRPr="00611A36" w:rsidRDefault="005F73A2" w:rsidP="005F73A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -171,52 +205,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5872629A" w14:textId="18D70FA1" w:rsidR="005F73A2" w:rsidRPr="00611A36" w:rsidRDefault="00416E8C" w:rsidP="000933BC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Título em Inglês</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Título em </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005F73A2" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>subtítulo (se houver)</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -233,51 +278,71 @@
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5872629C" w14:textId="77777777" w:rsidR="00416E8C" w:rsidRPr="00611A36" w:rsidRDefault="00416E8C" w:rsidP="00416E8C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título em Espanhol: </w:t>
+        <w:t xml:space="preserve">Título em </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Espanhol</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>subtítulo (se houver)</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tamanho 12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5872629D" w14:textId="77777777" w:rsidR="00416E8C" w:rsidRPr="00611A36" w:rsidRDefault="00416E8C" w:rsidP="005F73A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -821,51 +886,791 @@
       <w:r w:rsidR="005F73A2" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0 palavras</w:t>
       </w:r>
       <w:r w:rsidR="00CB4D26" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo Resumo.</w:t>
+        <w:t xml:space="preserve">Resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587262A8" w14:textId="7C99941D" w:rsidR="005F73A2" w:rsidRPr="00611A36" w:rsidRDefault="003F1E27" w:rsidP="003F1E27">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
@@ -928,52 +1733,63 @@
       <w:r w:rsidR="005F73A2" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Recomenda-se que sejam inseridas de 3 a 5 palavras-chave.</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Aptos Narrow</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Aptos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Narrow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, tamanho 1</w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1021,218 +1837,1529 @@
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587262AB" w14:textId="7914CF68" w:rsidR="00F27ABE" w:rsidRPr="00611A36" w:rsidRDefault="005F73A2" w:rsidP="00F27ABE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumo em </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inglês. </w:t>
-      </w:r>
+        <w:t>Inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
+        <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fornecer a visão clara da temática, objetivo, método/procedimentos metodológicos e </w:t>
+        <w:t>Fornecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a visão clara da temática, objetivo, método/procedimentos metodológicos e </w:t>
       </w:r>
       <w:r w:rsidR="00B630F6" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>considerações</w:t>
       </w:r>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> finais. </w:t>
       </w:r>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>De 1</w:t>
       </w:r>
       <w:r w:rsidR="00CB2BE7" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>até 2</w:t>
+        <w:t>até</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="003F5033" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">0 palavras. </w:t>
-[...10 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F27ABE" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstract </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract.</w:t>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CD074D" w14:textId="6952CB7F" w:rsidR="00BE0781" w:rsidRPr="00611A36" w:rsidRDefault="00F27ABE" w:rsidP="00BE0781">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE0781" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>separadas entre si por ponto e vírgula e finalizadas por ponto. Recomenda-se que sejam inseridas de 3 a 5 palavras-chave. (</w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Aptos Narrow</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Aptos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Narrow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE0781" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, tamanho </w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00BE0781" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1255,242 +3382,1402 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="587262AE" w14:textId="77777777" w:rsidR="00D6163A" w:rsidRPr="00611A36" w:rsidRDefault="00D6163A" w:rsidP="00BE0781">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:right="734"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="587262AF" w14:textId="071801A6" w:rsidR="00D6163A" w:rsidRPr="00611A36" w:rsidRDefault="00D6163A" w:rsidP="00D6163A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Resumo em Espanhol.</w:t>
+        <w:t xml:space="preserve">Resumo em </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Espanhol</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fornecer a visão clara da temática, objetivo, método/procedimentos metodológicos e </w:t>
+        <w:t>Fornecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a visão clara da temática, objetivo, método/procedimentos metodológicos e </w:t>
       </w:r>
       <w:r w:rsidR="00B630F6" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>considerações</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> finais. </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>De 1</w:t>
       </w:r>
       <w:r w:rsidR="00CB2BE7" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00611A36">
-[...7 lines deleted...]
-        <w:t>até 2</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>até</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="003F5033" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">0 palavras. </w:t>
-[...9 lines deleted...]
-        <w:t>Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen Resumen.</w:t>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2135E" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE1C012" w14:textId="20FEBAD1" w:rsidR="00BE0781" w:rsidRPr="00611A36" w:rsidRDefault="00D6163A" w:rsidP="00BE0781">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Palabras clave</w:t>
+        <w:t>Palabras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clave</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Arial" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00BE0781" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>separadas entre si por ponto e vírgula e finalizadas por ponto. Recomenda-se que sejam inseridas de 3 a 5 palavras-chave. (</w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Aptos Narrow</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Aptos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Narrow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE0781" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, tamanho 1</w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00BE0781" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1573,52 +4860,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00C340DB" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">onte </w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Aptos Narrow</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Aptos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Narrow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C340DB" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, tamanho 12,</w:t>
       </w:r>
       <w:r w:rsidR="00706FB2" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> negrito,</w:t>
       </w:r>
       <w:r w:rsidR="00C340DB" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> texto justificado,</w:t>
       </w:r>
       <w:r w:rsidR="0049080C" w:rsidRPr="00611A36">
@@ -1793,52 +5090,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> O texto </w:t>
       </w:r>
       <w:r w:rsidR="007A7A8C" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>que compõe a</w:t>
       </w:r>
       <w:r w:rsidR="00F01D21" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> introdução, desenvolvimento e conclusão deve vir na fonte </w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Aptos Narrow</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Aptos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Narrow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F01D21" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, tamanho 12 com 1,5 de espaçamento entre as linhas</w:t>
       </w:r>
       <w:r w:rsidR="005A7A3E" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, justificado</w:t>
       </w:r>
       <w:r w:rsidR="00F01D21" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>. Além disso, deve-se aplicar 1,25 de espa</w:t>
       </w:r>
       <w:r w:rsidR="003170D2" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2432,61 +5738,72 @@
       <w:r w:rsidR="008F460A" w:rsidRPr="00066A30">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fonte: Elabo</w:t>
       </w:r>
       <w:r w:rsidR="000B0553" w:rsidRPr="00066A30">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ração</w:t>
       </w:r>
       <w:r w:rsidR="000B0553" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> própria (2024)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00611A36">
+        <w:t xml:space="preserve"> própria (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B0553" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>2024)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EE1605">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Centralizado, </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tamanho da fonte 10)</w:t>
       </w:r>
       <w:r w:rsidR="004D0569">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2695,51 +6012,51 @@
         <w:t>Tamanho 12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A435AD" w14:textId="1F6FFA34" w:rsidR="000917C5" w:rsidRPr="000917C5" w:rsidRDefault="000917C5" w:rsidP="000917C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2585570F" wp14:editId="056626A9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2585570F" wp14:editId="54D63F0B">
             <wp:extent cx="3353879" cy="1985059"/>
             <wp:effectExtent l="19050" t="19050" r="18415" b="15240"/>
             <wp:docPr id="812742929" name="Imagem 6" descr="Diagrama, Tabela&#10;&#10;Descrição gerada automaticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="812742929" name="Imagem 6" descr="Diagrama, Tabela&#10;&#10;Descrição gerada automaticamente"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="12074"/>
                     <a:stretch/>
@@ -2785,61 +6102,72 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BFCD272" w14:textId="286E4B83" w:rsidR="00484BF7" w:rsidRPr="00611A36" w:rsidRDefault="000917C5" w:rsidP="00484BF7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D0569">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fonte: Ball; Thames; Phelps (2008, p. 403)</w:t>
+        <w:t xml:space="preserve">Fonte: Ball; Thames; Phelps (2008, p. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D0569">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>403)</w:t>
       </w:r>
       <w:r w:rsidR="00484BF7" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006E5F81">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Centralizado,</w:t>
       </w:r>
       <w:r w:rsidR="006E5F81" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00484BF7" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3143,51 +6471,71 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00761AC5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00761AC5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fonte: Iezzi; Murakami </w:t>
+        <w:t xml:space="preserve">Fonte: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00761AC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Iezzi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00761AC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Murakami </w:t>
       </w:r>
       <w:r w:rsidR="00CF1C86" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00761AC5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2013, p. 88</w:t>
       </w:r>
       <w:r w:rsidR="00CF1C86" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3824,199 +7172,273 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FB0BCAD" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00444DF4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Domínios</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A42FC96" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:ind w:firstLine="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00444DF4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Subdomínios</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="08433289" w14:textId="77777777" w:rsidTr="00AF7C1B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37762351" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:ind w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00444DF4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Conhecimento do conteúdo</w:t>
+              <w:t>Conhecimento</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conteúdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A35AD39" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00444DF4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Conhecimento comum de conteúdo</w:t>
+              <w:t>Conhecimento</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>comum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conteúdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="6D24C187" w14:textId="77777777" w:rsidTr="00AF7C1B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14F6688C" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
@@ -4039,60 +7461,106 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C156DDE" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00444DF4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Conhecimento especializado do conteúdo</w:t>
+              <w:t>Conhecimento</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>especializado</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conteúdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="79377436" w14:textId="77777777" w:rsidTr="00AF7C1B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="362136C1" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
@@ -4162,60 +7630,106 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F722231" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:ind w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00444DF4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Conhecimento pedagógico de conteúdo</w:t>
+              <w:t>Conhecimento</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pedagógico</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444DF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conteúdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3896A544" w14:textId="77777777" w:rsidR="00444DF4" w:rsidRPr="00444DF4" w:rsidRDefault="00444DF4" w:rsidP="00AF7C1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:rPr>
@@ -4594,109 +8108,165 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F859978" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E870FB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Atividades docentes</w:t>
+              <w:t>Atividades</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>docentes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="335D5095" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E870FB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Subdomínios do conhecimento</w:t>
+              <w:t>Subdomínios</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conhecimento</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="24089E04" w14:textId="77777777" w:rsidTr="00E870FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18AD5CC0" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
@@ -4731,60 +8301,106 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DCBF1D0" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E870FB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Conhecimento comum do conteúdo</w:t>
+              <w:t>Conhecimento</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>comum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conteúdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="3AD21F0B" w14:textId="77777777" w:rsidTr="00E870FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79A2D70B" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
@@ -4819,60 +8435,106 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7720A7CB" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E870FB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Conhecimento especializado do conteúdo</w:t>
+              <w:t>Conhecimento</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>especializado</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E870FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>conteúdo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="3EF6C623" w14:textId="77777777" w:rsidTr="00E870FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="8EAADB"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29FDAC0F" w14:textId="77777777" w:rsidR="00E870FB" w:rsidRPr="00E870FB" w:rsidRDefault="00E870FB" w:rsidP="00E870FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
@@ -5240,176 +8902,224 @@
         <w:t xml:space="preserve">Centralizado, </w:t>
       </w:r>
       <w:r w:rsidR="00F5149E" w:rsidRPr="001F3713">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tamanho 12)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SimplesTabela2"/>
         <w:tblW w:w="7529" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3907"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2063"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="46172C45" w14:textId="77777777" w:rsidTr="0047338A">
+      <w:tr w:rsidR="00D1432F" w:rsidRPr="00D1432F" w14:paraId="46172C45" w14:textId="77777777" w:rsidTr="00D1432F">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="98"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3907" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA9556A" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="001C6970" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
+          <w:p w14:paraId="0DA9556A" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00D1432F" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6970">
+            <w:r w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Descritores utilizados para a busca</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="343E7F87" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="001C6970" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
+          <w:p w14:paraId="343E7F87" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00D1432F" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6970">
+            <w:r w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Resultados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="5CAF2479" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="001C6970" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
+          <w:p w14:paraId="5CAF2479" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00D1432F" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6970">
+            <w:r w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Selecionados</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="76C30F77" w14:textId="77777777" w:rsidTr="0047338A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3907" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="020A25A4" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00696D5C" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00696D5C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>“Lesson Study” AND “Matemática”</w:t>
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00696D5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00696D5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00696D5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00696D5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>” AND “Matemática”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A52BE7F" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00696D5C" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00696D5C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5951,143 +9661,145 @@
             <w:tcW w:w="2063" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33EF3B05" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00696D5C" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00696D5C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611A36" w:rsidRPr="00611A36" w14:paraId="01444D44" w14:textId="77777777" w:rsidTr="0047338A">
+      <w:tr w:rsidR="00D1432F" w:rsidRPr="00D1432F" w14:paraId="01444D44" w14:textId="77777777" w:rsidTr="00D1432F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3907" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D05F427" w14:textId="402AB63F" w:rsidR="00BC60C6" w:rsidRPr="001C6970" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
+          <w:p w14:paraId="5D05F427" w14:textId="402AB63F" w:rsidR="00BC60C6" w:rsidRPr="00D1432F" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b w:val="0"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6970">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Total </w:t>
             </w:r>
-            <w:r w:rsidR="001C6970">
+            <w:r w:rsidR="001C6970" w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C6970">
+            <w:r w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="48745C4D" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="001C6970" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
+          <w:p w14:paraId="48745C4D" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00D1432F" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="3305D189" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="001C6970" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
+          <w:p w14:paraId="3305D189" w14:textId="77777777" w:rsidR="00BC60C6" w:rsidRPr="00D1432F" w:rsidRDefault="00BC60C6" w:rsidP="0047338A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C6970">
+            <w:r w:rsidRPr="00D1432F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
                 <w:b/>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DB3A682" w14:textId="293329EC" w:rsidR="00F5149E" w:rsidRPr="00611A36" w:rsidRDefault="00BC60C6" w:rsidP="00F5149E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066A30">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
@@ -6335,59 +10047,81 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cardoso, Fialho e Barreto (</w:t>
       </w:r>
       <w:r w:rsidR="00777E08" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2023)</w:t>
       </w:r>
       <w:r w:rsidR="001979B1" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523401" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">a abordagem </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00523401" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Lesson Study</w:t>
-      </w:r>
+        <w:t>Lesson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00523401" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00523401" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00523401" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00103D8F" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00523401" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">[...] </w:t>
       </w:r>
       <w:r w:rsidR="00BD2855" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7148,69 +10882,111 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>contendo também a referência</w:t>
       </w:r>
       <w:r w:rsidR="00D40630" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, conforme diálogo a seguir:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA6AE1A" w14:textId="70912F84" w:rsidR="000C3823" w:rsidRPr="00611A36" w:rsidRDefault="000C3823" w:rsidP="000C3823">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006A1AE4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Professor  A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00611A36">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">:  Os  documentos  curriculares  são   orientadores.   </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Os  documentos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>curriculares  são</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   orientadores.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="126BA83D" w14:textId="141748E9" w:rsidR="000C3823" w:rsidRPr="00611A36" w:rsidRDefault="000C3823" w:rsidP="000C3823">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A1AE4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Professor B</w:t>
@@ -7252,69 +11028,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A1AE4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Professor C</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: [...]</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[...]</w:t>
       </w:r>
       <w:r w:rsidR="00B50898" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Tem também o Livro didático e os materiais da SEDUC (Entrevista com os Professores, 2022).</w:t>
+        <w:t>Tem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> também o Livro didático e os materiais da SEDUC (Entrevista com os Professores, 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5D3B57" w14:textId="77777777" w:rsidR="00FC32DA" w:rsidRPr="00611A36" w:rsidRDefault="00FC32DA" w:rsidP="000C3823">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E9BB59B" w14:textId="652A8D48" w:rsidR="00D40630" w:rsidRPr="00611A36" w:rsidRDefault="00F0521A" w:rsidP="008D4487">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
@@ -7558,51 +11354,195 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">a Portaria nº 206, de 4 de setembro de 2018, estabeleceu um padrão obrigatório para se fazer os agradecimentos nas publicações, assim </w:t>
       </w:r>
       <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“O presente trabalho foi realizado com apoio da Coordenação de Aperfeiçoamento de Pessoal de Nível Superior – Brasil (CAPES) – Código de Financiamento 001”.</w:t>
       </w:r>
       <w:r w:rsidR="004E2752" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Em inglês </w:t>
       </w:r>
       <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>“This study was financed in part by the Coordenação de Aperfeiçoamento de Pessoal de Nível Superior – Brasil (CAPES) – Finance Code 001”.</w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>financed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>part</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Coordenação de Aperfeiçoamento de Pessoal de Nível Superior – Brasil (CAPES) – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Finance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00353068" w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 001”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587262C4" w14:textId="0ACF7254" w:rsidR="00361C97" w:rsidRPr="00611A36" w:rsidRDefault="00361C97" w:rsidP="002F0420">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Referências</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587262C6" w14:textId="5AB867FC" w:rsidR="00361C97" w:rsidRPr="00611A36" w:rsidRDefault="00361C97" w:rsidP="00976422">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -7855,60 +11795,106 @@
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">ALVES, F. R. V. </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Aplicações da sequência Fedathi na promoção do raciocínio intuitivo no cálculo a várias variáveis</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+        <w:t xml:space="preserve">Aplicações da sequência </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>. 2011. 398f. Tese (Doutorado em Educação) – Universidade Federal do Ceará, Faculdade de Educação, Programa de Pós-Graduação em Educação Brasileira, Fortaleza-CE, 2011.</w:t>
+        <w:t>Fedathi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na promoção do raciocínio intuitivo no cálculo a várias variáveis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2011. 398f. Tese (Doutorado em Educação) – Universidade Federal do Ceará, Faculdade de Educação, Programa de Pós-Graduação em Educação Brasileira, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Fortaleza-CE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>, 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA342B7" w14:textId="77777777" w:rsidR="00C12958" w:rsidRPr="00611A36" w:rsidRDefault="00C12958" w:rsidP="00E571DB">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSOCIAÇÃO BRASILEIRA DE NORMAS TÉCNICAS. NBR 10520: informação e documentação: citações em documentos: apresentação. </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
@@ -7918,63 +11904,159 @@
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Rio de Janeiro, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34432CD7" w14:textId="77777777" w:rsidR="00C12958" w:rsidRPr="00611A36" w:rsidRDefault="00C12958" w:rsidP="00E571DB">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">BALL, D. L.; THAMES, M. H.; PHELPS, G. Content knowledge for teaching: What makes it special?. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">BALL, D. L.; THAMES, M. H.; PHELPS, G. Content knowledge for teaching: What makes it </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>special?.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Journal of Teacher Education</w:t>
-      </w:r>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Teacher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. 59.5, 389-407, 2008.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="101BFD17" w14:textId="77777777" w:rsidR="00C12958" w:rsidRPr="00611A36" w:rsidRDefault="00C12958" w:rsidP="00E571DB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="15"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8018,169 +12100,287 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: CRV, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC90BB0" w14:textId="23CC1C34" w:rsidR="00C12958" w:rsidRPr="00611A36" w:rsidRDefault="00C12958" w:rsidP="00E571DB">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">CARDOSO, M. B.; FIALHO, L. M. F.; BARRETO, M. C. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Lesson Study</w:t>
-      </w:r>
+        <w:t>Lesson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> nas Teses e Dissertações Brasileiras na área de Educação Matemática a partir de uma Revisão Sistemática de Literatura. </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Revista Paranaense de Educação Matemática</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>, v.12, n. 28, p. 86–107, 2023. Disponível em</w:t>
+        <w:t xml:space="preserve">, v.12, n. 28, p. 86–107, 2023. Disponível </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>em</w:t>
       </w:r>
       <w:r w:rsidR="000607AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="000607AE" w:rsidRPr="00F16C5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
           </w:rPr>
-          <w:t>https://doi.org/10.33871/22385800.2023.12.28.86-107</w:t>
+          <w:t>https</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="000607AE" w:rsidRPr="00F16C5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+            <w:highlight w:val="white"/>
+          </w:rPr>
+          <w:t>://doi.org/10.33871/22385800.2023.12.28.86-107</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>. Acesso em</w:t>
       </w:r>
       <w:r w:rsidR="001D6684">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> 08 de agosto de 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D2187B" w14:textId="397379E0" w:rsidR="00C12958" w:rsidRPr="00611A36" w:rsidRDefault="00C12958" w:rsidP="00E571DB">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">SILVA, J. B. da; ANDRADE, M. H.; OLIVEIRA, R. R. de; SALES, G. L.; ALVES, F. R. V. Tecnologias digitais e metodologias ativas na escola: o contributo do Kahoot para gamificar a sala de aula. </w:t>
+        <w:t xml:space="preserve">SILVA, J. B. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; ANDRADE, M. H.; OLIVEIRA, R. R. de; SALES, G. L.; ALVES, F. R. V. Tecnologias digitais e metodologias ativas na escola: o contributo do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Kahoot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>gamificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a sala de aula. </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Revista Thema</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00611A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Thema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">, Pelotas, v. 15, n. 2, p. 780–791, 2018. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="000607AE" w:rsidRPr="00F16C5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t>https://periodicos.ifsul.edu.br/index.php/thema/article/view/838</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -8189,266 +12389,266 @@
         <w:t>. Acesso em: 21 nov. 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13042E32" w14:textId="77777777" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="004E2752">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="15"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="561A6A84" w14:textId="77777777" w:rsidR="004950DC" w:rsidRPr="00611A36" w:rsidRDefault="004950DC" w:rsidP="004E2752">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="15"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63821A42" w14:textId="2BDC1DE4" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="00DC219A">
+    <w:p w14:paraId="63821A42" w14:textId="0912E5D4" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="00DC219A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Submetido em XX de mês de 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A34A7E">
+      <w:r w:rsidR="00D1432F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11364FF7" w14:textId="06DB6FA8" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="00DC219A">
+    <w:p w14:paraId="11364FF7" w14:textId="00ADC795" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="00DC219A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Aceito em XX de mês de 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A34A7E">
+      <w:r w:rsidR="00D1432F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA65F1D" w14:textId="49184E27" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="00DC219A">
+    <w:p w14:paraId="6BA65F1D" w14:textId="328D0EC9" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="00DC219A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Publicado em XX</w:t>
       </w:r>
       <w:r w:rsidR="000979DE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="000979DE" w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>mês</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A34A7E">
+      <w:r w:rsidR="00D1432F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00611A36">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46025BA1" w14:textId="77777777" w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidRDefault="00DC219A" w:rsidP="004E2752">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:right="15"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DC219A" w:rsidRPr="00611A36" w:rsidSect="00673C10">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A7BAD86" w14:textId="77777777" w:rsidR="00B431BB" w:rsidRDefault="00B431BB" w:rsidP="008B528A">
+    <w:p w14:paraId="22C208AB" w14:textId="77777777" w:rsidR="009D596C" w:rsidRDefault="009D596C" w:rsidP="008B528A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68A62F63" w14:textId="77777777" w:rsidR="00B431BB" w:rsidRDefault="00B431BB" w:rsidP="008B528A">
+    <w:p w14:paraId="2C6579F4" w14:textId="77777777" w:rsidR="009D596C" w:rsidRDefault="009D596C" w:rsidP="008B528A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{17FDAB6F-412D-40B2-B768-5F441E93F59D}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{297B0671-B02F-4873-B466-2F9FC6BF302C}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{F4AF09B4-410D-4617-9D94-4A2532BD70DC}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId5" w:fontKey="{E2B9E445-F9C5-4574-9162-2BCAD180B93E}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{1979DE0C-BB09-47A3-8C0A-042D5A1E4304}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{84DBC93F-E46D-4ABE-A937-49C1C11079B9}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{967ABB86-E301-4B5D-BBB6-F09601B6E729}"/>
+    <w:embedBoldItalic r:id="rId5" w:fontKey="{F57E02D7-6E14-4DE3-ADA3-2C90C44BFBC9}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0241866D" w14:textId="77777777" w:rsidR="00273AD4" w:rsidRPr="00273AD4" w:rsidRDefault="00273AD4">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -8459,105 +12659,121 @@
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9061"/>
     </w:tblGrid>
     <w:tr w:rsidR="00273AD4" w:rsidRPr="00273AD4" w14:paraId="71FBE02F" w14:textId="77777777" w:rsidTr="00E57E8A">
       <w:trPr>
         <w:trHeight w:val="43"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9061" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="68326FE7" w14:textId="31BC908A" w:rsidR="00273AD4" w:rsidRPr="00273AD4" w:rsidRDefault="00273AD4" w:rsidP="00273AD4">
+        <w:p w14:paraId="68326FE7" w14:textId="416DF297" w:rsidR="00273AD4" w:rsidRPr="00273AD4" w:rsidRDefault="00273AD4" w:rsidP="00273AD4">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00273AD4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Revista Ensino em Debate (REDE), Fortaleza/CE, v. X, e202</w:t>
+            <w:t xml:space="preserve">Revista Ensino em Debate (REDE), Fortaleza/CE, v. </w:t>
           </w:r>
-          <w:r w:rsidR="004E7B71">
+          <w:r w:rsidR="00D1432F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>7</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00273AD4">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>, e202</w:t>
+          </w:r>
+          <w:r w:rsidR="00D1432F">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="00273AD4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>XXX, jan./dez., 202</w:t>
           </w:r>
-          <w:r w:rsidR="004E7B71">
+          <w:r w:rsidR="00D1432F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00C41938" w:rsidRPr="00273AD4" w14:paraId="7CA045EC" w14:textId="77777777" w:rsidTr="00E57E8A">
       <w:trPr>
         <w:trHeight w:val="59"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9061" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="66D46129" w14:textId="033D203C" w:rsidR="00C41938" w:rsidRPr="00273AD4" w:rsidRDefault="00C41938" w:rsidP="00C41938">
+        <w:p w14:paraId="66D46129" w14:textId="3B2D5AC0" w:rsidR="00C41938" w:rsidRPr="00273AD4" w:rsidRDefault="00C41938" w:rsidP="00C41938">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0756071D" wp14:editId="0A5B912C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3622040</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>21590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="144780" cy="102870"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -8664,57 +12880,57 @@
           </w:r>
           <w:r w:rsidRPr="00C41938">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>https://doi.org/10.21439/2965-6753.v</w:t>
           </w:r>
           <w:r w:rsidR="00F26E20">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>x</w:t>
           </w:r>
           <w:r w:rsidRPr="00C41938">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>.e202</w:t>
           </w:r>
-          <w:r w:rsidR="004E7B71">
+          <w:r w:rsidR="00D1432F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="00C41938">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
           <w:r w:rsidR="00F26E20">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>XX</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">           </w:t>
@@ -8820,105 +13036,121 @@
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9061"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A34A7E" w:rsidRPr="00273AD4" w14:paraId="284C3D75" w14:textId="77777777" w:rsidTr="00E57E8A">
       <w:trPr>
         <w:trHeight w:val="43"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9061" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0CFEDC0B" w14:textId="7CD42CD7" w:rsidR="00A34A7E" w:rsidRPr="00273AD4" w:rsidRDefault="00A34A7E" w:rsidP="00A34A7E">
+        <w:p w14:paraId="0CFEDC0B" w14:textId="670BBB68" w:rsidR="00A34A7E" w:rsidRPr="00273AD4" w:rsidRDefault="00A34A7E" w:rsidP="00A34A7E">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00273AD4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Revista Ensino em Debate (REDE), Fortaleza/CE, v. X, e202</w:t>
+            <w:t xml:space="preserve">Revista Ensino em Debate (REDE), Fortaleza/CE, v. </w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00D1432F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>7</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00273AD4">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>, e202</w:t>
+          </w:r>
+          <w:r w:rsidR="00D1432F">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="00273AD4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>XXX, jan./dez., 202</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00D1432F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="008F1F0D" w:rsidRPr="00273AD4" w14:paraId="63DA2B93" w14:textId="77777777" w:rsidTr="00E57E8A">
       <w:trPr>
         <w:trHeight w:val="59"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9061" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="0FDE7278" w14:textId="3B3847B7" w:rsidR="008F1F0D" w:rsidRPr="00273AD4" w:rsidRDefault="008F1F0D" w:rsidP="008F1F0D">
+        <w:p w14:paraId="0FDE7278" w14:textId="1D2F6927" w:rsidR="008F1F0D" w:rsidRPr="00273AD4" w:rsidRDefault="008F1F0D" w:rsidP="008F1F0D">
           <w:pPr>
             <w:pStyle w:val="Rodap"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="2260BD52" wp14:editId="744BC55B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3622040</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>21590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="144780" cy="102870"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
@@ -9025,57 +13257,57 @@
           </w:r>
           <w:r w:rsidRPr="00C41938">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>https://doi.org/10.21439/2965-6753.v</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>x</w:t>
           </w:r>
           <w:r w:rsidRPr="00C41938">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>.e202</w:t>
           </w:r>
-          <w:r w:rsidR="00A34A7E">
+          <w:r w:rsidR="00D1432F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="00C41938">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>XX</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Narrow" w:eastAsia="Aptos Narrow" w:hAnsi="Aptos Narrow" w:cs="Aptos Narrow"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">           </w:t>
@@ -9211,58 +13443,58 @@
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02EA5A5F" w14:textId="77777777" w:rsidR="00B431BB" w:rsidRDefault="00B431BB" w:rsidP="008B528A">
+    <w:p w14:paraId="4769F682" w14:textId="77777777" w:rsidR="009D596C" w:rsidRDefault="009D596C" w:rsidP="008B528A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67725DE2" w14:textId="77777777" w:rsidR="00B431BB" w:rsidRDefault="00B431BB" w:rsidP="008B528A">
+    <w:p w14:paraId="1C362294" w14:textId="77777777" w:rsidR="009D596C" w:rsidRDefault="009D596C" w:rsidP="008B528A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3F8F884E" w14:textId="48BE473D" w:rsidR="003A72CE" w:rsidRPr="00673C10" w:rsidRDefault="00563825" w:rsidP="00563825">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2752">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2752">
@@ -10167,93 +14399,199 @@
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0092387D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">“What  do  teacher need to know and be able to do in order to teach effectively? Or, what does effective teaching require in termsof content understanding?” </w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>What  do</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  teacher need to know and be able to do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teach effectively? </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Or,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> what does effective teaching require in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>termsof</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> content understanding?” </w:t>
       </w:r>
       <w:r w:rsidR="0092387D" w:rsidRPr="0092387D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(Ball, Thames, Phelps, 2008, p. 394).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3214A1E9" w14:textId="5EE19875" w:rsidR="00A06733" w:rsidRDefault="00A06733">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0EA52C4C" w14:textId="0E40D241" w:rsidR="00701BD9" w:rsidRPr="00611A36" w:rsidRDefault="00701BD9" w:rsidP="00701BD9">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:spacing w:before="240"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00611A36">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Título em Português: subtítulo (se houver) (Negrito, Tamanho </w:t>
+      <w:t xml:space="preserve">Título em </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00611A36">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Português</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00611A36">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: subtítulo (se houver) (Negrito, Tamanho </w:t>
     </w:r>
     <w:r w:rsidR="00716BF1" w:rsidRPr="00611A36">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00611A36">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, até 15 palavras)</w:t>
     </w:r>
@@ -10741,53 +15079,54 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="752627501">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="580871205">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1566799242">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B528A"/>
@@ -10805,81 +15144,83 @@
     <w:rsid w:val="00086275"/>
     <w:rsid w:val="000917C5"/>
     <w:rsid w:val="00092C40"/>
     <w:rsid w:val="000933BC"/>
     <w:rsid w:val="000979DE"/>
     <w:rsid w:val="000A7595"/>
     <w:rsid w:val="000B0553"/>
     <w:rsid w:val="000C0D00"/>
     <w:rsid w:val="000C3823"/>
     <w:rsid w:val="000E5060"/>
     <w:rsid w:val="000F2A88"/>
     <w:rsid w:val="000F3F51"/>
     <w:rsid w:val="000F4D03"/>
     <w:rsid w:val="000F5565"/>
     <w:rsid w:val="00103D8F"/>
     <w:rsid w:val="00107797"/>
     <w:rsid w:val="00113E68"/>
     <w:rsid w:val="0012426E"/>
     <w:rsid w:val="00144EE2"/>
     <w:rsid w:val="001507D3"/>
     <w:rsid w:val="0015641A"/>
     <w:rsid w:val="00156ECC"/>
     <w:rsid w:val="00167CD1"/>
     <w:rsid w:val="00174475"/>
     <w:rsid w:val="001827F9"/>
+    <w:rsid w:val="0019383A"/>
     <w:rsid w:val="001957AB"/>
     <w:rsid w:val="001979B1"/>
     <w:rsid w:val="001A2FF4"/>
     <w:rsid w:val="001B2D7C"/>
     <w:rsid w:val="001C6970"/>
     <w:rsid w:val="001D6684"/>
     <w:rsid w:val="001F1C15"/>
     <w:rsid w:val="001F3713"/>
     <w:rsid w:val="001F553E"/>
     <w:rsid w:val="001F7EDC"/>
     <w:rsid w:val="00213AEF"/>
     <w:rsid w:val="00227E54"/>
     <w:rsid w:val="00231FC8"/>
     <w:rsid w:val="00232C4E"/>
     <w:rsid w:val="00237151"/>
     <w:rsid w:val="00241EBE"/>
     <w:rsid w:val="00251412"/>
     <w:rsid w:val="0025603E"/>
     <w:rsid w:val="00260D71"/>
     <w:rsid w:val="00267DFF"/>
     <w:rsid w:val="00271A8B"/>
     <w:rsid w:val="00273760"/>
     <w:rsid w:val="00273AD4"/>
     <w:rsid w:val="002745ED"/>
     <w:rsid w:val="00281F80"/>
     <w:rsid w:val="00282B64"/>
     <w:rsid w:val="00287650"/>
     <w:rsid w:val="00295F92"/>
     <w:rsid w:val="002A353B"/>
     <w:rsid w:val="002A3B0F"/>
     <w:rsid w:val="002B7BAD"/>
+    <w:rsid w:val="002C371B"/>
     <w:rsid w:val="002C47DE"/>
     <w:rsid w:val="002D677F"/>
     <w:rsid w:val="002D7AF6"/>
     <w:rsid w:val="002F0420"/>
     <w:rsid w:val="002F2DC5"/>
     <w:rsid w:val="0030015E"/>
     <w:rsid w:val="00301E71"/>
     <w:rsid w:val="003170D2"/>
     <w:rsid w:val="003250AD"/>
     <w:rsid w:val="00327765"/>
     <w:rsid w:val="00337814"/>
     <w:rsid w:val="0034795F"/>
     <w:rsid w:val="00351AE8"/>
     <w:rsid w:val="00353068"/>
     <w:rsid w:val="003576B3"/>
     <w:rsid w:val="00361C97"/>
     <w:rsid w:val="00363204"/>
     <w:rsid w:val="00370B12"/>
     <w:rsid w:val="00391D1C"/>
     <w:rsid w:val="003937D4"/>
     <w:rsid w:val="003A714B"/>
     <w:rsid w:val="003A72CE"/>
     <w:rsid w:val="003B0D4F"/>
     <w:rsid w:val="003B4C27"/>
     <w:rsid w:val="003B5791"/>
@@ -10895,50 +15236,51 @@
     <w:rsid w:val="00403C35"/>
     <w:rsid w:val="004062A6"/>
     <w:rsid w:val="00411EE8"/>
     <w:rsid w:val="00416E8C"/>
     <w:rsid w:val="00417F0B"/>
     <w:rsid w:val="00420FBC"/>
     <w:rsid w:val="00427EFB"/>
     <w:rsid w:val="004325A4"/>
     <w:rsid w:val="004336A4"/>
     <w:rsid w:val="00443693"/>
     <w:rsid w:val="00444DF4"/>
     <w:rsid w:val="00446915"/>
     <w:rsid w:val="004476A0"/>
     <w:rsid w:val="00447D52"/>
     <w:rsid w:val="00482C18"/>
     <w:rsid w:val="00483595"/>
     <w:rsid w:val="00484BF7"/>
     <w:rsid w:val="00487F64"/>
     <w:rsid w:val="0049080C"/>
     <w:rsid w:val="00490D18"/>
     <w:rsid w:val="00492AC7"/>
     <w:rsid w:val="00494E63"/>
     <w:rsid w:val="004950DC"/>
     <w:rsid w:val="00495990"/>
     <w:rsid w:val="004B2988"/>
+    <w:rsid w:val="004B4624"/>
     <w:rsid w:val="004B788B"/>
     <w:rsid w:val="004C3351"/>
     <w:rsid w:val="004D0569"/>
     <w:rsid w:val="004D1021"/>
     <w:rsid w:val="004E2752"/>
     <w:rsid w:val="004E2DD5"/>
     <w:rsid w:val="004E4211"/>
     <w:rsid w:val="004E5490"/>
     <w:rsid w:val="004E7B71"/>
     <w:rsid w:val="004F1592"/>
     <w:rsid w:val="004F1622"/>
     <w:rsid w:val="004F1775"/>
     <w:rsid w:val="00504832"/>
     <w:rsid w:val="005153A7"/>
     <w:rsid w:val="0051719F"/>
     <w:rsid w:val="00521CB2"/>
     <w:rsid w:val="00522DFF"/>
     <w:rsid w:val="00523401"/>
     <w:rsid w:val="0052681F"/>
     <w:rsid w:val="00526D81"/>
     <w:rsid w:val="00540587"/>
     <w:rsid w:val="00557FB9"/>
     <w:rsid w:val="00563825"/>
     <w:rsid w:val="005718DF"/>
     <w:rsid w:val="00574F97"/>
@@ -11037,91 +15379,93 @@
     <w:rsid w:val="008F3EDA"/>
     <w:rsid w:val="008F460A"/>
     <w:rsid w:val="009012CE"/>
     <w:rsid w:val="00901ADB"/>
     <w:rsid w:val="00904118"/>
     <w:rsid w:val="009127B2"/>
     <w:rsid w:val="009170D2"/>
     <w:rsid w:val="00917741"/>
     <w:rsid w:val="00921E84"/>
     <w:rsid w:val="0092387D"/>
     <w:rsid w:val="00956793"/>
     <w:rsid w:val="0095739C"/>
     <w:rsid w:val="009705DD"/>
     <w:rsid w:val="00973B27"/>
     <w:rsid w:val="00976422"/>
     <w:rsid w:val="00976DB3"/>
     <w:rsid w:val="00985669"/>
     <w:rsid w:val="009A14B4"/>
     <w:rsid w:val="009A6B7C"/>
     <w:rsid w:val="009B0583"/>
     <w:rsid w:val="009B6417"/>
     <w:rsid w:val="009B754C"/>
     <w:rsid w:val="009C3704"/>
     <w:rsid w:val="009C4744"/>
     <w:rsid w:val="009D28FB"/>
+    <w:rsid w:val="009D596C"/>
     <w:rsid w:val="009D6471"/>
     <w:rsid w:val="009E1149"/>
     <w:rsid w:val="009E29F1"/>
     <w:rsid w:val="009E75A0"/>
     <w:rsid w:val="009E7834"/>
     <w:rsid w:val="009F491B"/>
     <w:rsid w:val="009F4AA0"/>
     <w:rsid w:val="00A013B1"/>
     <w:rsid w:val="00A0183A"/>
     <w:rsid w:val="00A06733"/>
     <w:rsid w:val="00A2135E"/>
     <w:rsid w:val="00A23B14"/>
     <w:rsid w:val="00A24A76"/>
     <w:rsid w:val="00A266DA"/>
     <w:rsid w:val="00A34A7E"/>
     <w:rsid w:val="00A363CC"/>
     <w:rsid w:val="00A52B41"/>
     <w:rsid w:val="00A5560E"/>
     <w:rsid w:val="00A60612"/>
     <w:rsid w:val="00A627C9"/>
     <w:rsid w:val="00A73DFC"/>
     <w:rsid w:val="00A76F05"/>
     <w:rsid w:val="00A814CC"/>
     <w:rsid w:val="00A840F6"/>
     <w:rsid w:val="00A84AF0"/>
     <w:rsid w:val="00A971DC"/>
     <w:rsid w:val="00A97E6D"/>
     <w:rsid w:val="00AA0308"/>
     <w:rsid w:val="00AA3E7C"/>
     <w:rsid w:val="00AB0240"/>
     <w:rsid w:val="00AB4D8B"/>
     <w:rsid w:val="00AB6C16"/>
     <w:rsid w:val="00AC1303"/>
     <w:rsid w:val="00AC2821"/>
     <w:rsid w:val="00AC7440"/>
     <w:rsid w:val="00AD5185"/>
     <w:rsid w:val="00AF43E1"/>
     <w:rsid w:val="00AF7C1B"/>
     <w:rsid w:val="00B0594D"/>
     <w:rsid w:val="00B07DB5"/>
     <w:rsid w:val="00B21B1D"/>
+    <w:rsid w:val="00B279D1"/>
     <w:rsid w:val="00B431BB"/>
     <w:rsid w:val="00B44458"/>
     <w:rsid w:val="00B44B8A"/>
     <w:rsid w:val="00B50898"/>
     <w:rsid w:val="00B6248C"/>
     <w:rsid w:val="00B630F6"/>
     <w:rsid w:val="00B63A86"/>
     <w:rsid w:val="00B74F90"/>
     <w:rsid w:val="00B77B17"/>
     <w:rsid w:val="00B82CCA"/>
     <w:rsid w:val="00B83365"/>
     <w:rsid w:val="00B85B14"/>
     <w:rsid w:val="00B85C35"/>
     <w:rsid w:val="00B917F4"/>
     <w:rsid w:val="00B92225"/>
     <w:rsid w:val="00B931BB"/>
     <w:rsid w:val="00B979AA"/>
     <w:rsid w:val="00B97C98"/>
     <w:rsid w:val="00BA2FD1"/>
     <w:rsid w:val="00BB06B2"/>
     <w:rsid w:val="00BB1615"/>
     <w:rsid w:val="00BB44FD"/>
     <w:rsid w:val="00BB508C"/>
     <w:rsid w:val="00BC11F6"/>
     <w:rsid w:val="00BC19D4"/>
@@ -11141,80 +15485,82 @@
     <w:rsid w:val="00C15369"/>
     <w:rsid w:val="00C276D7"/>
     <w:rsid w:val="00C30880"/>
     <w:rsid w:val="00C340DB"/>
     <w:rsid w:val="00C34A32"/>
     <w:rsid w:val="00C40F0A"/>
     <w:rsid w:val="00C41938"/>
     <w:rsid w:val="00C46B80"/>
     <w:rsid w:val="00C5042D"/>
     <w:rsid w:val="00C71DD1"/>
     <w:rsid w:val="00C85669"/>
     <w:rsid w:val="00C90B3C"/>
     <w:rsid w:val="00C94206"/>
     <w:rsid w:val="00C968B0"/>
     <w:rsid w:val="00CA2D85"/>
     <w:rsid w:val="00CA7116"/>
     <w:rsid w:val="00CB21B6"/>
     <w:rsid w:val="00CB2BE7"/>
     <w:rsid w:val="00CB4D26"/>
     <w:rsid w:val="00CE38CF"/>
     <w:rsid w:val="00CF1C86"/>
     <w:rsid w:val="00CF6673"/>
     <w:rsid w:val="00CF783A"/>
     <w:rsid w:val="00D03499"/>
     <w:rsid w:val="00D10110"/>
+    <w:rsid w:val="00D1432F"/>
     <w:rsid w:val="00D17E62"/>
     <w:rsid w:val="00D23B6D"/>
     <w:rsid w:val="00D30FE3"/>
     <w:rsid w:val="00D32810"/>
     <w:rsid w:val="00D40630"/>
     <w:rsid w:val="00D43399"/>
     <w:rsid w:val="00D52B90"/>
     <w:rsid w:val="00D5734C"/>
     <w:rsid w:val="00D6163A"/>
     <w:rsid w:val="00D61E0E"/>
     <w:rsid w:val="00D6343E"/>
     <w:rsid w:val="00D66F2D"/>
     <w:rsid w:val="00D67809"/>
     <w:rsid w:val="00D73C7D"/>
     <w:rsid w:val="00D75FBE"/>
     <w:rsid w:val="00D851F3"/>
     <w:rsid w:val="00D87BF2"/>
     <w:rsid w:val="00D95764"/>
     <w:rsid w:val="00DB6673"/>
     <w:rsid w:val="00DC067E"/>
     <w:rsid w:val="00DC115A"/>
     <w:rsid w:val="00DC219A"/>
     <w:rsid w:val="00DD49AD"/>
     <w:rsid w:val="00DD6883"/>
     <w:rsid w:val="00DF7619"/>
     <w:rsid w:val="00E00468"/>
     <w:rsid w:val="00E00F75"/>
     <w:rsid w:val="00E13639"/>
     <w:rsid w:val="00E13656"/>
     <w:rsid w:val="00E212D5"/>
+    <w:rsid w:val="00E27581"/>
     <w:rsid w:val="00E342B3"/>
     <w:rsid w:val="00E409BA"/>
     <w:rsid w:val="00E42D9B"/>
     <w:rsid w:val="00E5170E"/>
     <w:rsid w:val="00E5654A"/>
     <w:rsid w:val="00E571DB"/>
     <w:rsid w:val="00E60D0D"/>
     <w:rsid w:val="00E74EEA"/>
     <w:rsid w:val="00E870FB"/>
     <w:rsid w:val="00E92F05"/>
     <w:rsid w:val="00EA0442"/>
     <w:rsid w:val="00EA142D"/>
     <w:rsid w:val="00EA23E2"/>
     <w:rsid w:val="00EB3A39"/>
     <w:rsid w:val="00EB401A"/>
     <w:rsid w:val="00EC0D50"/>
     <w:rsid w:val="00EC123D"/>
     <w:rsid w:val="00ED376C"/>
     <w:rsid w:val="00ED7092"/>
     <w:rsid w:val="00EE1605"/>
     <w:rsid w:val="00EE64A0"/>
     <w:rsid w:val="00EE64A7"/>
     <w:rsid w:val="00EF00CF"/>
     <w:rsid w:val="00EF0235"/>
     <w:rsid w:val="00EF3103"/>
@@ -12586,66 +16932,66 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D23E7AFA-600D-4089-AF5A-758F60A08FE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2242</Words>
-  <Characters>12113</Characters>
+  <Words>2243</Words>
+  <Characters>12114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>100</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14327</CharactersWithSpaces>
+  <CharactersWithSpaces>14329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mika Barboza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>